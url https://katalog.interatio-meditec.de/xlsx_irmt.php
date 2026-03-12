--- v0 (2025-12-01)
+++ v1 (2026-03-12)
@@ -29,51 +29,51 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="4" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sägeblätter" sheetId="1" r:id="rId4"/>
     <sheet name="Bohrpins &amp; Schraubpins" sheetId="2" r:id="rId5"/>
     <sheet name="Spiralbohrer" sheetId="3" r:id="rId6"/>
     <sheet name="MIS Fußfräse" sheetId="4" r:id="rId7"/>
     <sheet name="Rotierende Instrumente" sheetId="5" r:id="rId8"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Erstellt am
-01.12.2025, 16:11 Uhr</t>
+12.03.2026, 01:18 Uhr</t>
   </si>
   <si>
     <t xml:space="preserve">MDM Medical
 M84 Eccleston Square
 London SW1V 1PX
 United Kingdom
 sales@mdm-medical.com </t>
   </si>
   <si>
     <t>Artikelnummer</t>
   </si>
   <si>
     <t>Artikel-ID</t>
   </si>
   <si>
     <t>Einmal-/Mehrfachgebrauch</t>
   </si>
   <si>
     <t>Verpackungseinheit</t>
   </si>
   <si>
     <t>GTIN</t>
   </si>
   <si>
     <t>FDA Product Code</t>
@@ -81,114 +81,114 @@
   <si>
     <t>510(k) Number</t>
   </si>
   <si>
     <t>Medical Device Listing Number</t>
   </si>
   <si>
     <t>Steril/Unsteril</t>
   </si>
   <si>
     <t>Anschlussvariante</t>
   </si>
   <si>
     <t>Produktart</t>
   </si>
   <si>
     <t>Serie</t>
   </si>
   <si>
     <t>Parallel/Verjüngt</t>
   </si>
   <si>
     <t>Oszillierend/Reziprok</t>
   </si>
   <si>
-    <t>Arbeitsteillänge (mm)</t>
-[...17 lines deleted...]
-    <t>Schnittstärke (mm)</t>
+    <t>Arbeitsteillänge ()</t>
+  </si>
+  <si>
+    <t>Kopfdurchmesser ()</t>
+  </si>
+  <si>
+    <t>Gesamtlänge ()</t>
+  </si>
+  <si>
+    <t>Nutzbare Länge ()</t>
+  </si>
+  <si>
+    <t>Breite ()</t>
+  </si>
+  <si>
+    <t>Blattstärke ()</t>
+  </si>
+  <si>
+    <t>Schnittstärke ()</t>
   </si>
   <si>
     <t>Kompatibilität Antriebssysteme</t>
   </si>
   <si>
     <t>Anschluss</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
-    <t>Schlüsselweite (mm)</t>
+    <t>Schlüsselweite ()</t>
   </si>
   <si>
     <t>Schlüsselform</t>
   </si>
   <si>
-    <t>Gewindelänge (mm)</t>
-[...2 lines deleted...]
-    <t>Durchmesser (mm)</t>
+    <t>Gewindelänge ()</t>
+  </si>
+  <si>
+    <t>Durchmesser ()</t>
   </si>
   <si>
     <t>Magnetisch/Magnetisierbar</t>
   </si>
   <si>
     <t>Kompatible Driver</t>
   </si>
   <si>
     <t>Schaft</t>
   </si>
   <si>
     <t>Solide/Kanüliert</t>
   </si>
   <si>
     <t>Oberflächenbeschichtung</t>
   </si>
   <si>
-    <t>Effektive Länge (mm)</t>
-[...5 lines deleted...]
-    <t>Kanülierungsdurchmesser (mm)</t>
+    <t>Effektive Länge ()</t>
+  </si>
+  <si>
+    <t>Kopflänge ()</t>
+  </si>
+  <si>
+    <t>Kanülierungsdurchmesser ()</t>
   </si>
   <si>
     <t>Schneidenanzahl</t>
   </si>
   <si>
     <t>Produktbeschreibung</t>
   </si>
   <si>
     <t>Schneidenzahl</t>
   </si>
   <si>
     <t>Material</t>
   </si>
   <si>
     <t>Kopfform</t>
   </si>
   <si>
     <t>Diamantkorn</t>
   </si>
   <si>
     <t>Kompatibilität Handstücke</t>
   </si>
 </sst>
 </file>
 
@@ -770,57 +770,57 @@
   </sheetPr>
   <dimension ref="A1:Y3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" customWidth="true" style="0"/>
-    <col min="16" max="16" width="25.851" bestFit="true" customWidth="true" style="0"/>
-[...5 lines deleted...]
-    <col min="22" max="22" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" customHeight="1" ht="60">
       <c r="A1"/>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:25" customHeight="1" ht="15"/>
     <row r="3" spans="1:25" customHeight="1" ht="15">
       <c r="A3" s="1"/>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>4</v>
@@ -904,56 +904,56 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Y3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" customWidth="true" style="0"/>
-    <col min="16" max="16" width="19.995" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="18" max="18" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" customHeight="1" ht="60">
       <c r="A1"/>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:25" customHeight="1" ht="15"/>
     <row r="3" spans="1:25" customHeight="1" ht="15">
       <c r="A3" s="1"/>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1" t="s">
@@ -1035,56 +1035,56 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Y3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" customWidth="true" style="0"/>
-    <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="18" max="18" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" customHeight="1" ht="60">
       <c r="A1"/>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:25" customHeight="1" ht="15"/>
     <row r="3" spans="1:25" customHeight="1" ht="15">
       <c r="A3" s="1"/>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1" t="s">
@@ -1164,54 +1164,54 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Y3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" customWidth="true" style="0"/>
-    <col min="16" max="16" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" customHeight="1" ht="60">
       <c r="A1"/>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:25" customHeight="1" ht="15"/>
     <row r="3" spans="1:25" customHeight="1" ht="15">
       <c r="A3" s="1"/>
       <c r="B3" s="1" t="s">
         <v>2</v>
@@ -1289,56 +1289,56 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Y3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" customWidth="true" style="0"/>
     <col min="16" max="16" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" customHeight="1" ht="60">
       <c r="A1"/>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:25" customHeight="1" ht="15"/>
     <row r="3" spans="1:25" customHeight="1" ht="15">
       <c r="A3" s="1"/>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1" t="s">